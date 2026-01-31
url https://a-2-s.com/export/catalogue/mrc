--- v0 (2026-01-10)
+++ v1 (2026-01-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="134">
   <si>
     <t>Article</t>
   </si>
   <si>
     <t>CAS</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>A069S010ANEA</t>
   </si>
   <si>
     <t>1162-65-8</t>
   </si>
   <si>
     <t>Aflatoxin B1 - 10µg/ml in Acetonitrile - 10ml</t>
   </si>
   <si>
     <t>A069S010ANML</t>
   </si>
   <si>
     <t>Aflatoxin B1 - 10µg/ml in Acetonitrile - 1ml</t>
   </si>
   <si>
@@ -252,50 +252,56 @@
     <t>206-44-0</t>
   </si>
   <si>
     <t>Fluoranthene - 10µg/ml in Acetonitrile - 1.1ml</t>
   </si>
   <si>
     <t>F034S01MANVC</t>
   </si>
   <si>
     <t>Fluoranthene - 1000µg/ml in Acetonitrile - 1.1ml</t>
   </si>
   <si>
     <t>F034S100ANVC</t>
   </si>
   <si>
     <t>Fluoranthene - 100µg/ml in Acetonitrile - 1.1ml</t>
   </si>
   <si>
     <t>H033S100ANVC</t>
   </si>
   <si>
     <t>26934-87-2</t>
   </si>
   <si>
     <t>HT-2 Toxin - 100µg/ml in Acetonitrile - 1.1ml</t>
+  </si>
+  <si>
+    <t>H033S100ANVH</t>
+  </si>
+  <si>
+    <t>HT-2 Toxin - 100µg/ml in Acetonitrile - 2ml</t>
   </si>
   <si>
     <t>L007S010ANVC</t>
   </si>
   <si>
     <t>330-55-2</t>
   </si>
   <si>
     <t>Linuron - 10µg/ml in Acetonitrile - 1.1ml</t>
   </si>
   <si>
     <t>L007S01MANVC</t>
   </si>
   <si>
     <t>Linuron - 1000µg/ml in Acetonitrile - 1.1ml</t>
   </si>
   <si>
     <t>L007S100ANVC</t>
   </si>
   <si>
     <t>Linuron - 100µg/ml in Acetonitrile - 1.1ml</t>
   </si>
   <si>
     <t>O029S010ANEA</t>
   </si>
@@ -755,51 +761,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C57"/>
+  <dimension ref="A1:C58"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
@@ -1142,296 +1148,307 @@
         <v>75</v>
       </c>
       <c r="B33" t="s">
         <v>71</v>
       </c>
       <c r="C33" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
         <v>77</v>
       </c>
       <c r="B34" t="s">
         <v>78</v>
       </c>
       <c r="C34" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
         <v>80</v>
       </c>
       <c r="B35" t="s">
+        <v>78</v>
+      </c>
+      <c r="C35" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
+        <v>82</v>
+      </c>
+      <c r="B36" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="C36" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
         <v>85</v>
       </c>
       <c r="B37" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C37" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
         <v>87</v>
       </c>
       <c r="B38" t="s">
+        <v>83</v>
+      </c>
+      <c r="C38" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
+        <v>89</v>
+      </c>
+      <c r="B39" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="C39" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
         <v>92</v>
       </c>
       <c r="B40" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C40" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
         <v>94</v>
       </c>
       <c r="B41" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C41" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
         <v>96</v>
       </c>
       <c r="B42" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C42" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
         <v>98</v>
       </c>
       <c r="B43" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C43" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
         <v>100</v>
       </c>
       <c r="B44" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C44" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
         <v>102</v>
       </c>
       <c r="B45" t="s">
+        <v>90</v>
+      </c>
+      <c r="C45" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
+        <v>104</v>
+      </c>
+      <c r="B46" t="s">
         <v>105</v>
       </c>
-      <c r="B46" t="s">
+      <c r="C46" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
+        <v>107</v>
+      </c>
+      <c r="B47" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="C47" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
         <v>110</v>
       </c>
       <c r="B48" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C48" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
         <v>112</v>
       </c>
       <c r="B49" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C49" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
         <v>114</v>
       </c>
       <c r="B50" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C50" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
         <v>116</v>
       </c>
       <c r="B51" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C51" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
         <v>118</v>
       </c>
       <c r="B52" t="s">
+        <v>108</v>
+      </c>
+      <c r="C52" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
+        <v>120</v>
+      </c>
+      <c r="B53" t="s">
         <v>121</v>
       </c>
-      <c r="B53" t="s">
+      <c r="C53" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
+        <v>123</v>
+      </c>
+      <c r="B54" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="C54" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
         <v>126</v>
       </c>
       <c r="B55" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="C55" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
         <v>128</v>
       </c>
       <c r="B56" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="C56" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
         <v>130</v>
       </c>
       <c r="B57" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="C57" t="s">
         <v>131</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" t="s">
+        <v>132</v>
+      </c>
+      <c r="B58" t="s">
+        <v>124</v>
+      </c>
+      <c r="C58" t="s">
+        <v>133</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>