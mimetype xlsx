--- v1 (2026-01-31)
+++ v2 (2026-03-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="134">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
   <si>
     <t>Article</t>
   </si>
   <si>
     <t>CAS</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>A069S010ANEA</t>
   </si>
   <si>
     <t>1162-65-8</t>
   </si>
   <si>
     <t>Aflatoxin B1 - 10µg/ml in Acetonitrile - 10ml</t>
   </si>
   <si>
     <t>A069S010ANML</t>
   </si>
   <si>
     <t>Aflatoxin B1 - 10µg/ml in Acetonitrile - 1ml</t>
   </si>
   <si>
@@ -288,50 +288,56 @@
     <t>330-55-2</t>
   </si>
   <si>
     <t>Linuron - 10µg/ml in Acetonitrile - 1.1ml</t>
   </si>
   <si>
     <t>L007S01MANVC</t>
   </si>
   <si>
     <t>Linuron - 1000µg/ml in Acetonitrile - 1.1ml</t>
   </si>
   <si>
     <t>L007S100ANVC</t>
   </si>
   <si>
     <t>Linuron - 100µg/ml in Acetonitrile - 1.1ml</t>
   </si>
   <si>
     <t>O029S010ANEA</t>
   </si>
   <si>
     <t>303-47-9</t>
   </si>
   <si>
     <t>Ochratoxine A - 10µg/ml in Acetonitrile - 10ml</t>
+  </si>
+  <si>
+    <t>O029S010ANVC</t>
+  </si>
+  <si>
+    <t>Ochratoxine A - 10µg/ml in Acetonitrile - 1.1ml</t>
   </si>
   <si>
     <t>O029S010MEEA</t>
   </si>
   <si>
     <t>Ochratoxine A - 10µg/ml in Methanol - 10ml</t>
   </si>
   <si>
     <t>O029S010MEVC</t>
   </si>
   <si>
     <t>Ochratoxine A - 10µg/ml in Methanol - 1.1ml</t>
   </si>
   <si>
     <t>O029S010MEVH</t>
   </si>
   <si>
     <t>Ochratoxine A - 10µg/ml in Methanol - 2ml</t>
   </si>
   <si>
     <t>O029S010MEVM</t>
   </si>
   <si>
     <t>Ochratoxine A - 10µg/ml in Methanol - 5ml</t>
   </si>
@@ -761,51 +767,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C58"/>
+  <dimension ref="A1:C59"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
@@ -1269,186 +1275,197 @@
         <v>100</v>
       </c>
       <c r="B44" t="s">
         <v>90</v>
       </c>
       <c r="C44" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
         <v>102</v>
       </c>
       <c r="B45" t="s">
         <v>90</v>
       </c>
       <c r="C45" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
         <v>104</v>
       </c>
       <c r="B46" t="s">
+        <v>90</v>
+      </c>
+      <c r="C46" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
+        <v>106</v>
+      </c>
+      <c r="B47" t="s">
         <v>107</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
+        <v>109</v>
+      </c>
+      <c r="B48" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="C48" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
         <v>112</v>
       </c>
       <c r="B49" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C49" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
         <v>114</v>
       </c>
       <c r="B50" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C50" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
         <v>116</v>
       </c>
       <c r="B51" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C51" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
         <v>118</v>
       </c>
       <c r="B52" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C52" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
         <v>120</v>
       </c>
       <c r="B53" t="s">
+        <v>110</v>
+      </c>
+      <c r="C53" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
+        <v>122</v>
+      </c>
+      <c r="B54" t="s">
         <v>123</v>
       </c>
-      <c r="B54" t="s">
+      <c r="C54" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
+        <v>125</v>
+      </c>
+      <c r="B55" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="C55" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
         <v>128</v>
       </c>
       <c r="B56" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C56" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
         <v>130</v>
       </c>
       <c r="B57" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C57" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
         <v>132</v>
       </c>
       <c r="B58" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C58" t="s">
         <v>133</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" t="s">
+        <v>134</v>
+      </c>
+      <c r="B59" t="s">
+        <v>126</v>
+      </c>
+      <c r="C59" t="s">
+        <v>135</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>